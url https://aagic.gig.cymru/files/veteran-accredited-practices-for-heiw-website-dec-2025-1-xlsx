--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jo240970\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ay237433\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A5E503F-7BD1-4A57-AC98-191044CCB6AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{02D93D4D-83ED-4B4A-9245-80603B1A792B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FD807922-AEF0-4176-BDE5-54299EC4A6A2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FD807922-AEF0-4176-BDE5-54299EC4A6A2}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$E$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$E$65</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="202">
   <si>
     <t>HB</t>
   </si>
   <si>
     <t>Practice Name</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t xml:space="preserve">Named Clinical Lead </t>
   </si>
   <si>
     <t>Accreditation date</t>
   </si>
   <si>
     <t>Aneurin Bevan University Health Board</t>
   </si>
   <si>
     <t>Oak Strreet Surgery, Cwmbran</t>
   </si>
   <si>
     <t>NP44 3LT</t>
   </si>
   <si>
@@ -638,60 +638,69 @@
     <t xml:space="preserve">SA1 Medical Centre </t>
   </si>
   <si>
     <t>SA1 8QY</t>
   </si>
   <si>
     <t>Dr Eleri Howells</t>
   </si>
   <si>
     <t>Gowerton Estuary Practice</t>
   </si>
   <si>
     <t>SA4 3ED</t>
   </si>
   <si>
     <t xml:space="preserve">Dr Nesta Hughes </t>
   </si>
   <si>
     <t>Princess street surgery, Gorseinon</t>
   </si>
   <si>
     <t>SA4 4US</t>
   </si>
   <si>
     <t>Dr Rebecca Earland</t>
+  </si>
+  <si>
+    <t>St Lukes Surgery</t>
+  </si>
+  <si>
+    <t>NP11 5GX</t>
+  </si>
+  <si>
+    <t>Dr Susanne Emde</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -775,163 +784,169 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -993,51 +1008,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1135,1169 +1150,1186 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oakstsurgery.co.uk/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC7743B3-7A7E-40A0-B2ED-129C8BF2DB08}">
-  <dimension ref="A1:E64"/>
+  <dimension ref="A1:E65"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
-      <selection activeCell="A49" sqref="A49:E49"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="L18" sqref="L18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" customWidth="1"/>
     <col min="4" max="4" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5703125" style="12" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="11" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:5">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="16">
         <v>44990</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="16">
         <v>45014</v>
       </c>
     </row>
-    <row r="4" spans="1:5">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="17">
         <v>45247</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="17">
         <v>45580</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="17">
         <v>45607</v>
       </c>
     </row>
-    <row r="7" spans="1:5" s="7" customFormat="1">
+    <row r="7" spans="1:5" s="7" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="19">
         <v>45916</v>
       </c>
     </row>
-    <row r="8" spans="1:5">
+    <row r="8" spans="1:5" s="7" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="B8" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>200</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>201</v>
+      </c>
+      <c r="E8" s="25">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E9" s="16">
-        <v>45092</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>45091</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-        <v>31</v>
+      <c r="B10" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>32</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>29</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="16">
+        <v>45092</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="2" t="s">
-        <v>34</v>
+      <c r="B11" s="3" t="s">
+        <v>31</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>32</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="18">
+        <v>45105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>36</v>
+      </c>
+      <c r="E12" s="16">
+        <v>45124</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>37</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>38</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E13" s="17">
-        <v>45195</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>45168</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B14" s="9" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="B14" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>41</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E14" s="17">
-        <v>45216</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>45195</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B15" s="10" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="B15" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E15" s="17">
         <v>45216</v>
       </c>
     </row>
-    <row r="16" spans="1:5">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" s="17">
+        <v>45216</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
         <v>49</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C17" t="s">
         <v>50</v>
       </c>
-      <c r="D16" t="s">
+      <c r="D17" t="s">
         <v>51</v>
       </c>
-      <c r="E16" s="17">
+      <c r="E17" s="17">
         <v>45378</v>
       </c>
     </row>
-    <row r="17" spans="1:5">
-      <c r="A17" t="s">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
         <v>24</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B18" t="s">
         <v>52</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D18" t="s">
         <v>54</v>
       </c>
-      <c r="E17" s="17">
+      <c r="E18" s="17">
         <v>45461</v>
       </c>
     </row>
-    <row r="18" spans="1:5">
-      <c r="A18" s="2" t="s">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B18" s="2" t="s">
+      <c r="B19" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C18" s="14" t="s">
+      <c r="C19" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D19" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="E18" s="17">
+      <c r="E19" s="17">
         <v>45755</v>
       </c>
     </row>
-    <row r="19" spans="1:5">
-      <c r="A19" s="20" t="s">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="B19" s="20" t="s">
+      <c r="B20" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="C19" s="20" t="s">
+      <c r="C20" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="D19" s="21" t="s">
+      <c r="D20" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="E19" s="22">
+      <c r="E20" s="22">
         <v>45961</v>
       </c>
     </row>
-    <row r="20" spans="1:5">
-[...16 lines deleted...]
-    <row r="21" spans="1:5">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E21" s="16">
-        <v>45085</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="E22" s="16">
-        <v>45119</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>45085</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>20</v>
+      </c>
+      <c r="E23" s="16">
+        <v>45119</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" s="17">
+        <v>45141</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C25" t="s">
         <v>74</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D25" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="E24" s="17">
+      <c r="E25" s="17">
         <v>45233</v>
       </c>
     </row>
-    <row r="25" spans="1:5">
-[...16 lines deleted...]
-    <row r="26" spans="1:5">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>61</v>
       </c>
       <c r="B26" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E26" s="17">
-        <v>45604</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>45337</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>78</v>
+      </c>
+      <c r="C27" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" t="s">
+        <v>80</v>
       </c>
       <c r="E27" s="17">
-        <v>45659</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>45604</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E28" s="17">
-        <v>45667</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>45659</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="15" t="s">
-        <v>87</v>
+      <c r="B29" t="s">
+        <v>84</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>85</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>86</v>
       </c>
       <c r="E29" s="17">
-        <v>45678</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>45667</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="15" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C30" s="14" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E30" s="17">
-        <v>45714</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>45678</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="15" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C31" s="14" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E31" s="17">
-        <v>45783</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>45714</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E32" s="17">
+        <v>45783</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B33" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="C32" s="14" t="s">
+      <c r="C33" s="14" t="s">
         <v>97</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D33" t="s">
         <v>98</v>
       </c>
-      <c r="E32" s="17">
+      <c r="E33" s="17">
         <v>45849</v>
       </c>
     </row>
-    <row r="33" spans="1:5">
-      <c r="A33" s="20" t="s">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="20" t="s">
         <v>99</v>
       </c>
-      <c r="B33" s="20" t="s">
+      <c r="B34" s="20" t="s">
         <v>100</v>
       </c>
-      <c r="C33" s="20" t="s">
+      <c r="C34" s="20" t="s">
         <v>101</v>
       </c>
-      <c r="D33" s="20" t="s">
+      <c r="D34" s="20" t="s">
         <v>102</v>
       </c>
-      <c r="E33" s="22">
+      <c r="E34" s="22">
         <v>45931</v>
       </c>
     </row>
-    <row r="34" spans="1:5">
-[...16 lines deleted...]
-    <row r="35" spans="1:5">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>104</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>105</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E35" s="16">
-        <v>45079</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>45049</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>107</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>108</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>109</v>
+      </c>
+      <c r="E36" s="16">
+        <v>45079</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E37" s="17">
-        <v>45182</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B38" t="s">
+      <c r="B38" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E38" s="17">
+        <v>45182</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" t="s">
         <v>116</v>
       </c>
-      <c r="C38" t="s">
+      <c r="C39" t="s">
         <v>114</v>
       </c>
-      <c r="D38" t="s">
+      <c r="D39" t="s">
         <v>117</v>
       </c>
-      <c r="E38" s="17">
+      <c r="E39" s="17">
         <v>45224</v>
       </c>
     </row>
-    <row r="39" spans="1:5">
-      <c r="A39" t="s">
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
         <v>103</v>
       </c>
-      <c r="B39" t="s">
+      <c r="B40" t="s">
         <v>118</v>
       </c>
-      <c r="C39" t="s">
+      <c r="C40" t="s">
         <v>119</v>
       </c>
-      <c r="D39" t="s">
+      <c r="D40" t="s">
         <v>120</v>
       </c>
-      <c r="E39" s="17">
+      <c r="E40" s="17">
         <v>45355</v>
       </c>
     </row>
-    <row r="40" spans="1:5">
-[...16 lines deleted...]
-    <row r="41" spans="1:5">
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B41" t="s">
+      <c r="B41" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C41" t="s">
+        <v>122</v>
+      </c>
+      <c r="D41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E41" s="17">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B42" t="s">
         <v>124</v>
       </c>
-      <c r="C41" s="14" t="s">
+      <c r="C42" s="14" t="s">
         <v>125</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D42" t="s">
         <v>126</v>
       </c>
-      <c r="E41" s="17">
+      <c r="E42" s="17">
         <v>45757</v>
       </c>
     </row>
-    <row r="42" spans="1:5">
-[...16 lines deleted...]
-    <row r="43" spans="1:5">
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E43" s="16">
+        <v>45041</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="C43" s="6" t="s">
+      <c r="C44" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="D44" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E43" s="16">
+      <c r="E44" s="16">
         <v>45104</v>
       </c>
     </row>
-    <row r="44" spans="1:5">
-[...16 lines deleted...]
-    <row r="45" spans="1:5">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>127</v>
       </c>
-      <c r="B45" t="s">
-        <v>137</v>
+      <c r="B45" s="9" t="s">
+        <v>134</v>
       </c>
       <c r="C45" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D45" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E45" s="17">
-        <v>45617</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>45322</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>127</v>
       </c>
-      <c r="B46" s="15" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="B46" t="s">
+        <v>137</v>
+      </c>
+      <c r="C46" t="s">
+        <v>138</v>
       </c>
       <c r="D46" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E46" s="17">
-        <v>45688</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>45617</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>127</v>
       </c>
       <c r="B47" s="15" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C47" s="14" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D47" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E47" s="17">
-        <v>45776</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>127</v>
       </c>
       <c r="B48" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D48" t="s">
+        <v>145</v>
+      </c>
+      <c r="E48" s="17">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>127</v>
+      </c>
+      <c r="B49" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="C48" s="14" t="s">
+      <c r="C49" s="14" t="s">
         <v>147</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D49" t="s">
         <v>148</v>
       </c>
-      <c r="E48" s="17">
+      <c r="E49" s="17">
         <v>45849</v>
       </c>
     </row>
-    <row r="49" spans="1:5">
-      <c r="A49" s="20" t="s">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="B49" s="20" t="s">
+      <c r="B50" s="20" t="s">
         <v>149</v>
       </c>
-      <c r="C49" s="23" t="s">
+      <c r="C50" s="23" t="s">
         <v>150</v>
       </c>
-      <c r="D49" s="20" t="s">
+      <c r="D50" s="20" t="s">
         <v>151</v>
       </c>
-      <c r="E49" s="22">
+      <c r="E50" s="22">
         <v>45977</v>
       </c>
     </row>
-    <row r="50" spans="1:5">
-[...16 lines deleted...]
-    <row r="51" spans="1:5">
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E51" s="16">
-        <v>45109</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>45089</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E52" s="16">
+        <v>45109</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B53" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="C52" s="5" t="s">
+      <c r="C53" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="D53" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="E52" s="17">
+      <c r="E53" s="17">
         <v>45174</v>
       </c>
     </row>
-    <row r="53" spans="1:5">
-[...16 lines deleted...]
-    <row r="54" spans="1:5">
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>152</v>
       </c>
       <c r="B54" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>162</v>
+      </c>
+      <c r="C54" t="s">
+        <v>163</v>
       </c>
       <c r="D54" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E54" s="17">
-        <v>45394</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>45238</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>152</v>
       </c>
       <c r="B55" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>165</v>
+      </c>
+      <c r="C55" s="14" t="s">
+        <v>166</v>
       </c>
       <c r="D55" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E55" s="17">
-        <v>45671</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>45394</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>152</v>
       </c>
       <c r="B56" t="s">
+        <v>168</v>
+      </c>
+      <c r="C56" t="s">
+        <v>169</v>
+      </c>
+      <c r="D56" t="s">
+        <v>170</v>
+      </c>
+      <c r="E56" s="17">
+        <v>45671</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>152</v>
+      </c>
+      <c r="B57" t="s">
         <v>171</v>
       </c>
-      <c r="C56" s="14" t="s">
+      <c r="C57" s="14" t="s">
         <v>172</v>
       </c>
-      <c r="D56" t="s">
+      <c r="D57" t="s">
         <v>173</v>
       </c>
-      <c r="E56" s="17">
+      <c r="E57" s="17">
         <v>45707</v>
       </c>
     </row>
-    <row r="57" spans="1:5">
-[...16 lines deleted...]
-    <row r="58" spans="1:5">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E58" s="16">
-        <v>45081</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5">
+        <v>45041</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E59" s="16">
-        <v>45105</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+        <v>45081</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E60" s="16">
-        <v>45117</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+        <v>45105</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E61" s="16">
+        <v>45117</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B62" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C62" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="D62" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="E61" s="16">
+      <c r="E62" s="16">
         <v>45140</v>
       </c>
     </row>
-    <row r="62" spans="1:5">
-[...16 lines deleted...]
-    <row r="63" spans="1:5">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>174</v>
       </c>
       <c r="B63" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C63" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D63" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E63" s="17">
-        <v>45430</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5">
+        <v>45399</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>174</v>
       </c>
-      <c r="B64" s="15" t="s">
+      <c r="B64" t="s">
+        <v>193</v>
+      </c>
+      <c r="C64" t="s">
+        <v>194</v>
+      </c>
+      <c r="D64" t="s">
+        <v>195</v>
+      </c>
+      <c r="E64" s="17">
+        <v>45430</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>174</v>
+      </c>
+      <c r="B65" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="C64" s="14" t="s">
+      <c r="C65" s="14" t="s">
         <v>197</v>
       </c>
-      <c r="D64" t="s">
+      <c r="D65" t="s">
         <v>198</v>
       </c>
-      <c r="E64" s="19">
+      <c r="E65" s="19">
         <v>45895</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E62">
-    <sortCondition ref="A2:A62"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E63">
+    <sortCondition ref="A2:A63"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" display="https://www.oakstsurgery.co.uk/" xr:uid="{3550F54D-08B5-479A-B4FC-1F513047CFF3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9ef96922-22b1-4c5a-a191-266165c5ccc2" xsi:nil="true"/>
@@ -2533,72 +2565,118 @@
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B21CACDD-2D29-479A-A6AF-141C754B3C45}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B21CACDD-2D29-479A-A6AF-141C754B3C45}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
+    <ds:schemaRef ds:uri="816248d0-53f4-4a2a-9832-1923643bd28a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A34BA45-9574-436D-B2FF-FF0EF43132CC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A34BA45-9574-436D-B2FF-FF0EF43132CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
+    <ds:schemaRef ds:uri="816248d0-53f4-4a2a-9832-1923643bd28a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0AEE480-4F20-4C48-8D38-13FCEAF9CF24}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0AEE480-4F20-4C48-8D38-13FCEAF9CF24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hilary Thomas</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008F1A18BA63FD58429B5265CC94F4A10D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>