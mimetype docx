--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -2,645 +2,561 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1484B9E7" w14:textId="1A87611F" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
-    <w:p w14:paraId="56A59AFB" w14:textId="2A377C48" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
-[...5 lines deleted...]
-        <w:t>Cynllun Cadw Meddygon Teulu — Pa waith ychwanegol a ganiateir?</w:t>
+    <w:p w14:paraId="4085EAD7" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Cynllun Cadw Meddygon Teulu – Pa waith ychwanegol sydd wedi’i ganiatáu?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Mae cynllun cadw Meddygon Teulu yn becyn o gefnogaeth i feddygon teulu sy’n ystyried gadael y proffesiwn – ac i’r practisau sy’n eu cyflogi – er mwyn eu helpu i aros mewn ymarfer clinigol, gan ddarparu un i bedwar sesiwn yr wythnos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18012AAC" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Mae'r cynllun cadw meddygon teulu yn becyn o gymorth i feddygon teulu sy'n ystyried gadael y proffesiwn — ac i'r practisau sy'n eu cyflogi — i'w helpu i aros mewn practis clinigol, gan ddarparu un i bedair sesiwn yr wythnos. </w:t>
+    <w:p w14:paraId="6C8F093A" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Fel Meddyg Teulu cadw, mae gan y meddyg fwy o hyblygrwydd a chefnogaeth addysgol nag a fyddai ganddo mewn swydd gyflogedig “gyffredinol”. Mae’r cynllun yn darparu cefnogaeth ariannol i’r meddyg cadw a’r practis sy’n ei gyflogi, oherwydd bod y rôl yn wahanol i swyddi rhan-amser “gyffredinol”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D25BFC" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
-[...49 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="4661EF14" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-        <w:t>Mae'r cynllun yn agored i feddygon sydd:</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Mae’r cynllun ar agor i feddygon sy’n:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B1607F" w14:textId="58F34F17" w:rsidR="0029349C" w:rsidRPr="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="361DB998" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ystyried gadael yn ddifrifol, neu sydd wedi gadael, ymarfer teulu oherwydd:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D65C234" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>rhesymau personol – megis cyfrifoldebau gofal neu eu hiechyd eu hunain</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D81165" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>yn agosáu at ymddeoliad; neu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032014A1" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>angen mwy o hyblygrwydd i wneud gwaith arall, boed o fewn neu y tu allan i ymarfer teulu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C41C2A" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>methu cael yr hyblygrwydd sydd ei angen ganddynt o swydd rhan-amser gyffredinol; ac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E792929" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>angen goruchwyliaeth addysgol ychwanegol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092CF9AF" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Gall meddygon wneud hyd at bedwar sesiwn yr wythnos ar y cynllun. Os ydynt yn gweithio llai na hyn ar y cynllun, gallant “angeinio” i gyfanswm o bedwar sesiwn gyda gwaith GP arall. Yr rhai sydd am ymgymryd ag mwy o ymarfer clinigol GP dylai yn hytrach ymgymryd â gwaith cyflogedig rheolaidd neu bartneriaeth mewn ymarfer teulu gan na fyddent yn gymwys i’r cynllun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7375AF" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Oherwydd bod y cynllun i gefnogi meddygon a allai fel arall “golli allan” o waith clinigol GP, mae hefyd yn addas i’r rhai sy’n ymwneud â swyddi gweinyddol, rheoli, neu addysgol. Byddai hefyd yn ganiataol i feddyg sy’n gweithio mewn rôl arbenigol nad yw’n GP ymuno â’r cynllun er mwyn cadw sgiliau GP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71767C82" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Mae gwaith gwirfoddol fel GP wedi’i ddisgowntio o’r cyfanswm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6993816F" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Cwestiynau Cyffredin (FAQs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD9630D" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-          <w:lang w:bidi="cy-GB"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Alla i wneud OOHs?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
-        <w:t>rhesymau personol — fel cyfrifoldebau gofalu neu eu hiechyd eu hunain</w:t>
-[...19 lines deleted...]
-        <w:t>angen mwy o hyblygrwydd i ymgymryd â gwaith arall, naill ai o fewn neu y tu allan i ymarfer cyffredinol.</w:t>
+        <w:t>Gall cadwyr wneud hyd at 16 awr o OOH y mis ar ben eu sesiynau dyddol ar y cynllun.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCFB8AE" w14:textId="77777777" w:rsidR="0029349C" w:rsidRPr="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
+    <w:p w14:paraId="60B9E0DB" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>nad ydynt yn gallu cael yr hyblygrwydd sydd ei angen arnynt o rôl ran-amser reolaidd;</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Os rwy’n gweithio 4 sesiwn yr wythnos, alla i wneud lletywr dydd hefyd?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Nac ydy, y terfyn yw pedwar sesiwn clinigol GP yr wythnos i aros ar y cynllun.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47ECF587" w14:textId="148F4AD1" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
+    <w:p w14:paraId="55F42A6B" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>angen goruchwyliaeth addysgol ychwanegol</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Rwy’n gweithio dau sesiwn yr wythnos fel cadwr, alla i gymryd swydd gyflogedig gyffredinol fel GP hefyd?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ydw, gallwch weithio hyd at ddwy sesiwn ychwanegol yr wythnos (gan gyfuno â’ch sesiynau cadw i wneud pedwar).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5835F8DC" w14:textId="0A3B5A7D" w:rsidR="0029349C" w:rsidRDefault="0029349C" w:rsidP="0029349C">
-[...81 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="130C2430" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>Os ydw i'n gweithio 4 sesiwn yr wythnos ar y cynllun, faint o sesiynau OOH ydw i'n cael gweithio ar ben hynny?  Caniateir hyd at 16 awr yr wythnos (sy'n cyfateb i bedair sesiwn yn ystod y dydd) ar gyfartaledd dros fis.</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>A yw fy ngwaith fel asesydd/AMD/Cyfarwyddwr Rhaglen Hyfforddi yn cyfrif tuag at y pedwar sesiwn yr wythnos?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nac ydy, y gwaith unig sydd yn ‘cyfrif’ yw gwaith clinigol GP dyddol, a diffinir hyn fel gwaith sydd gan reoliadau neu’r gyfraith yn ei gwneud yn ofynnol i chi fod â CCT (neu gyfwerth) mewn Ymarfer Teulu. Felly, er bod eich penodiad swydd yn gofyn i chi fod yn GP, os nad oes gofyniad statudol i fod â CCT mewn GP (neu gyfwerth), ni fydd y gwaith yn cyfrif.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F30647A" w14:textId="55C0A970" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="53D50CB2" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>Os ydw i'n gweithio 4 sesiwn yr wythnos, a allaf ymgymryd â gwaith locwm yn ystod y dydd hefyd?  Na, y terfyn yw pedair sesiwn meddyg teulu clinigol yr wythnos i aros ar y cynllun.</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Rwy’n gweithio rhan-amser fel meddyg carchar, a yw hyn yn cyfyngu ar fy ymrwymiad i’r cynllun?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Mae carcharorion yn cael eu cofrestru a’u trin o dan y GIG, felly mae’n rhaid i feddygon fod yn GP cymwys ac felly ystyrir hyn yn waith GP “rheolaidd” (er bod yn arbenigol). Bydd sesiynau a wneir mewn meddygaeth carchar yn cyfrif tuag at y cyfanswm o bedwar sesiwn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1739A71F" w14:textId="071F47FF" w:rsidR="00BC1C88" w:rsidRDefault="00BC1C88" w:rsidP="00BC1C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2F54D88A" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>Rwy'n gweithio dwy sesiwn yr wythnos fel cadwr, a allaf gymryd swydd gyflogedig reolaidd mewn meddyg teulu hefyd?  Gallwch, gallwch weithio hyd at ddwy sesiwn ychwanegol yr wythnos (cyfanswm o bedair gyda'ch sesiynau cadw).</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Rwy’n gwneud un sesiwn yr wythnos mewn ysbyty lleol yn rhedeg clinig dermatoleg. A fydd hyn yn cyfrif tuag at fy sesiynau cadw?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Nac ydy, rydych yn gweithredu fel arbenigwr ysbyty, nid oes angen CCT GP arnoch felly ni fydd y gwaith hwn yn cyfrif.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5619C286" w14:textId="539E8FC9" w:rsidR="00BC1C88" w:rsidRDefault="00792BDA" w:rsidP="00BC1C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6503F1BC" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-        <w:t>/AMD/Cyfarwyddwr Rhaglen Hyfforddi yn cyfrif tuag at y pedair sesiwn yr wythnos?  Na, yr unig waith sy'n 'cyfrif' yw gwaith clinigol meddyg teulu yn ystod y dydd, diffinnir hyn fel gwaith y mae rheoliadau neu gyfraith yn ei gwneud yn ofynnol i chi feddu ar TCH (neu gymhwyster cyfatebol) mewn Ymarfer Cyffredinol.  Felly er y gallai manyleb eich swydd ei gwneud yn ofynnol i chi fod yn feddyg teulu, os nad oes gofyniad statudol i fod â TCH mewn Meddygaeth Gyffredinol (neu gymhwyster cyfatebol), mae'r gwaith yn cael ei ddisgowntio.</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Beth am Ganolfannau Trin Brys, a yw gwaith yno yn cyfrif fel gwaith GP?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ydw, oni bai eich bod yn gweithio dan oruchwyliaeth clinigwr ysbyty e.e. Ymgynghorwr mewn Meddygaeth Brys, oherwydd fel y diffinnir byddai’n gwasanaeth ysbyty.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348625EB" w14:textId="098488E9" w:rsidR="00D52C4D" w:rsidRDefault="00D52C4D" w:rsidP="00BC1C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="635D9DB3" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>Rwy'n gweithio'n rhan amser fel meddyg carchar, a yw hyn yn cyfyngu ar fy ymgysylltiad â'r cynllun?  Mae carcharorion yn cael eu cofrestru a'u trin o dan y GIG felly mae'n rhaid i feddygon fod yn feddygon teulu cymwys ac felly ystyrir bod hyn yn waith 'rheolaidd' (er ei fod yn arbenigol) gan feddygon teulu.  Byddai sesiynau a weithiwyd mewn meddygaeth carchar yn cyfrif tuag at gyfanswm y pedair sesiwn.</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>A fyddai gwaith fel GP preifat yn cyfrif tuag at y terfyn pedwar sesiwn os oeddwn ar y cynllun?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Os ydych yn gweithio fel GP preifat, ydw, os ydych yn gwneud gwaith iechyd galwedigaethol preifat neu, er enghraifft, fel meddyg clwb rygbi, nid ydy, gan y gallai’r ddwy rôl gael eu gwneud gan berson nad yw’n GP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C77826D" w14:textId="5EFF2385" w:rsidR="00D52C4D" w:rsidRDefault="00792BDA" w:rsidP="00BC1C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="1977C528" w14:textId="77777777" w:rsidR="00D77C5A" w:rsidRPr="00D77C5A" w:rsidRDefault="00D77C5A" w:rsidP="00D77C5A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...113 lines deleted...]
-        <w:t>A allaf weithio i'r gwasanaeth OOH wrth fod yn gadwr.  Ie, ond ni ddylai holl waith meddyg teulu ddod i gyfanswm o fwy na phedair sesiwn yr wythnos ar gyfartaledd.</w:t>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Rwy’n gweithio fel meddyg gwirfoddol ar gyfer lloches i ddigartref, a fydd sesiynau o’r fath yn cyfrif?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77C5A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Nac ydy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD08998" w14:textId="77777777" w:rsidR="0029349C" w:rsidRDefault="0029349C"/>
     <w:sectPr w:rsidR="0029349C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009331F1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3CBEC23C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -946,138 +862,407 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AB12EF9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="69FC6162"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F041B20"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8008149A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1754469860">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="510218927">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1701659914">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:num w:numId="4" w16cid:durableId="1785229285">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1157917281">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0029349C"/>
     <w:rsid w:val="000578C7"/>
     <w:rsid w:val="000639BD"/>
     <w:rsid w:val="000A13B0"/>
     <w:rsid w:val="00167FAE"/>
     <w:rsid w:val="00244B5C"/>
     <w:rsid w:val="0029349C"/>
     <w:rsid w:val="0041722D"/>
     <w:rsid w:val="00427A61"/>
     <w:rsid w:val="004E3911"/>
     <w:rsid w:val="00792BDA"/>
     <w:rsid w:val="007B0486"/>
     <w:rsid w:val="008325C3"/>
     <w:rsid w:val="008E4371"/>
     <w:rsid w:val="00A17540"/>
     <w:rsid w:val="00A27B38"/>
     <w:rsid w:val="00A67B4A"/>
     <w:rsid w:val="00B31ADD"/>
     <w:rsid w:val="00BC1C88"/>
     <w:rsid w:val="00C141C8"/>
     <w:rsid w:val="00C23A4D"/>
     <w:rsid w:val="00C413E5"/>
     <w:rsid w:val="00C97CD7"/>
     <w:rsid w:val="00CD4681"/>
     <w:rsid w:val="00D52C4D"/>
+    <w:rsid w:val="00D77C5A"/>
     <w:rsid w:val="00DC5C3B"/>
+    <w:rsid w:val="00DC6EAD"/>
     <w:rsid w:val="00EF58E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="216A3EE0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1D5BC47F-B433-47B6-BFAC-4D4BFCD37C26}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cy-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1434,90 +1619,89 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0029349C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="874003066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1806,50 +1990,66 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9ef96922-22b1-4c5a-a191-266165c5ccc2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2753745c-f58b-4e25-a707-33736c4d1cbb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100326658B0EC0F334BA57B5C4BF4FA95E3" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3205ffa2b8f2954a3373c0601bceda1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2753745c-f58b-4e25-a707-33736c4d1cbb" xmlns:ns3="9ef96922-22b1-4c5a-a191-266165c5ccc2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1dbecd3785eacf9ab06130007cc144a" ns2:_="" ns3:_="">
     <xsd:import namespace="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
     <xsd:import namespace="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2028,134 +2228,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F5EE814-3619-462E-9AF3-512DAB124FB4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90857DEC-6425-4A6F-95CA-894C88ED8744}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
+    <ds:schemaRef ds:uri="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD01954-C8DA-4D65-BCB4-0EA1B98F44F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2753745c-f58b-4e25-a707-33736c4d1cbb"/>
     <ds:schemaRef ds:uri="9ef96922-22b1-4c5a-a191-266165c5ccc2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>691</Words>
-  <Characters>3943</Characters>
+  <Words>599</Words>
+  <Characters>3384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>338</Lines>
+  <Paragraphs>159</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4625</CharactersWithSpaces>
+  <CharactersWithSpaces>3824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Peter Saul (HEIW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100326658B0EC0F334BA57B5C4BF4FA95E3</vt:lpwstr>
   </property>