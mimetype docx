--- v0 (2025-12-06)
+++ v1 (2026-01-14)
@@ -1,476 +1,654 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00457DD2" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="05CBDE0F" w14:textId="16CB2D79">
+    <w:p w14:paraId="05CBDE0F" w14:textId="16CB2D79" w:rsidR="00457DD2" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14BCD02A" wp14:editId="75395A3E">
             <wp:extent cx="3876675" cy="910542"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="1" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3888519" cy="913324"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="0B9C2C57" w14:textId="015DAD9F">
+    <w:p w14:paraId="0B9C2C57" w14:textId="015DAD9F" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="31A51618" w14:textId="3F43F57F">
+    <w:p w14:paraId="31A51618" w14:textId="3F43F57F" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Polisi Teithio, Treuliau a Chynhaliaeth ar gyfer Hyfforddiant Sylfaen Ddeintyddol</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E31E4E" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="254D5D7D" w14:textId="77777777">
+    <w:p w14:paraId="254D5D7D" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00E31E4E" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Cyflwyniad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E31E4E" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="24084989" w14:textId="7338549A">
+    <w:p w14:paraId="24084989" w14:textId="7338549A" w:rsidR="0044319A" w:rsidRPr="00E31E4E" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Cyn archebu neu fynd i unrhyw gost, dylai pob hawliwr sicrhau eu bod wedi gwirio a chytuno gyda Rheolwr DFT AaGIC y bydd cyllid yn cael ei ddarparu. Gall methu â gwneud hynny arwain at y sawl sy'n hawlio'r costau eu hunain.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00750729" w:rsidR="00750729" w:rsidP="00750729" w:rsidRDefault="00343B42" w14:paraId="22E2D7BC" w14:textId="77777777">
+        <w:t xml:space="preserve">Cyn archebu neu fynd i unrhyw gost, dylai pob hawliwr sicrhau eu bod wedi gwirio a chytuno gyda Rheolwr DFT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E31E4E">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>AaGIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E31E4E">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y bydd cyllid yn cael ei ddarparu. Gall methu â gwneud hynny arwain at y sawl sy'n hawlio'r costau eu hunain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E2D7BC" w14:textId="77777777" w:rsidR="00750729" w:rsidRPr="00750729" w:rsidRDefault="00343B42" w:rsidP="00750729">
       <w:pPr>
         <w:pStyle w:val="pf0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:bidi="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343B42">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Yn ystod y flwyddyn hyfforddiant sylfaen, bydd costau teithio yn cael eu hariannu ar gyfer teithio i ddyddiau astudio ac oddi yno. Bydd milltiroedd yn cael eu had-dalu o'ch practis neu fan gwaith i'r lleoliad.</w:t>
       </w:r>
       <w:r w:rsidR="00750729">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00750729" w:rsidR="00750729">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+      <w:r w:rsidR="00750729" w:rsidRPr="00750729">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>(Sylwer y bydd angen yswiriant busnes arnoch ar eich polisi i hawlio treuliau milltiredd yn ôl)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000563F3" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="44AE6E5B" w14:textId="77777777">
+    <w:p w14:paraId="44AE6E5B" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="000563F3" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="000563F3">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Disgwylir y bydd pob hawliwr yn cymryd y camau angenrheidiol i sicrhau bod costau a ysgwyddir, yn cael eu lleihau lle bo modd er mwyn sicrhau gwerth am arian. Er enghraifft, drwy archebu tocynnau ymlaen llaw yn hytrach nag ar yr un diwrnod, ac wrth archebu llety, defnyddir yr opsiwn mwyaf cost-effeithiol ac ymarferol.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000563F3" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="72CC72E5" w14:textId="5FEF68F0">
+    <w:p w14:paraId="72CC72E5" w14:textId="5FEF68F0" w:rsidR="0044319A" w:rsidRPr="000563F3" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="000563F3">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Gellir ystyried ceisiadau sy'n fwy na'r swm a nodir mewn amgylchiadau eithriadol ond dylai hawlwyr gysylltu â Rheolwr </w:t>
       </w:r>
       <w:r w:rsidR="003C1C50">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">DFT AaGIC am </w:t>
+        <w:t xml:space="preserve">DFT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C1C50">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>AaGIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C1C50">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> am </w:t>
       </w:r>
       <w:r w:rsidRPr="000563F3">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>gyngor cyn archebu unrhyw deithio neu lety. Gallai methu â gwneud hynny arwain at beidio â thalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="2860B33A" w14:textId="69AF63C0">
+    <w:p w14:paraId="2860B33A" w14:textId="69AF63C0" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="000563F3">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ni ddylid cyflwyno ceisiadau cyn y digwyddiad ond rhaid eu cyflwyno o fewn 28 diwrnod ar ôl y digwyddiad neu'r gweithgaredd sy'n digwydd.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="034E13ED" w14:textId="655F1FEC"/>
-    <w:p w:rsidRPr="00E31E4E" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="16B69E54" w14:textId="0F76C8F7">
+    <w:p w14:paraId="034E13ED" w14:textId="655F1FEC" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A"/>
+    <w:p w14:paraId="16B69E54" w14:textId="0F76C8F7" w:rsidR="0044319A" w:rsidRPr="00E31E4E" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Meini prawf hawlio costau teithio.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="76E4C86A" w14:textId="77777777">
+    <w:p w14:paraId="76E4C86A" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Gall ad-daliad ar gyfer teithio gynnwys un neu fwy o'r canlynol: trên, bws, tiwb, tacsi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="41E98AC9" w14:textId="77777777">
+    <w:p w14:paraId="41E98AC9" w14:textId="77777777" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC73D4">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Fel arfer, dylai teithio ar drên fod yn ddosbarth safonol oni bai y gellir prynu tocyn dosbarth cyntaf/dosbarth busnes am bris rhatach na'r tocyn safonol. Rhaid i chi ddarparu tystiolaeth bod y tocyn dosbarth cyntaf/dosbarth busnes yn rhatach na thocyn dosbarth safonol. Gall opsiynau tocynnau rhanedig hefyd gynnig y gwerth gorau am arian.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="00AF606F" w14:paraId="377E19A9" w14:textId="600DA8E5">
-      <w:r>
+    <w:p w14:paraId="75148B5F" w14:textId="77777777" w:rsidR="002C5A95" w:rsidRPr="00CC2555" w:rsidRDefault="002C5A95" w:rsidP="0044319A"/>
+    <w:p w14:paraId="09A3BDBD" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="007A14B7" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A14B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dim ond o dan yr amodau canlynol y bydd ffioedd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A14B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">tacsi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A14B7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>yn cael eu had-dalu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060FADBD" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="004B0370" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>enwau llawn bob teithiwr.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0056058B" w14:paraId="7BAB3DA9" w14:textId="5AFFACD0">
+      </w:pPr>
+      <w:r w:rsidRPr="004B0370">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>• Nid oes trafnidiaeth gyhoeddus addas ar gael i deithio i’r lleoliad ac o’r lleoliad y digwyddiad; neu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2288CF1A" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="004B0370" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0370">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>• Mae'r tacsi yn cael ei rannu gan o leiaf ddau fynychwr, ac mae gwneud hynny'n darparu opsiwn teithio cost-effeithiol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4911C0" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="004B0370" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0370">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Rhaid cynnwys enwau llawn yr holl deithwyr gyda'r hawliad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3AE3F8" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="004B0370" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0370">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Dim ond am deithio o'ch practis neu'ch gweithle i leoliad y digwyddiad y gwneir ad-daliad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17486641" w14:textId="77777777" w:rsidR="007D491E" w:rsidRPr="007D491E" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D38122B" w14:textId="36E2FA73" w:rsidR="00BC68FD" w:rsidRPr="002952BA" w:rsidRDefault="007D491E" w:rsidP="007D491E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D491E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rhaid i bob taith tacsi gael ei chymeradwyo ymlaen llaw gan Ddeon Cyswllt DFT.</w:t>
+      </w:r>
+      <w:r w:rsidR="002952BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002952BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ni fydd hawliadau a gyflwynir heb gymeradwyaeth ymlaen llaw yn cael eu had-dalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAB3DA9" w14:textId="3A4DFEE3" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0056058B" w:rsidP="007D491E">
       <w:r w:rsidRPr="0056058B">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Tiwb</w:t>
       </w:r>
       <w:r w:rsidRPr="0056058B">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>: Wrth deithio yn Llundain, bydd costau tanddaearol yn cael eu had-dalu os ydych yn defnyddio Cerdyn Oyster a bod y cerdyn wedi'i gofrestru a gellir darparu argraffiad. Neu lle defnyddir taliad digyffwrdd, a gellir darparu copi o gyfriflen banc i ddangos y taliad.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
+        <w:t xml:space="preserve">: Wrth deithio yn Llundain, bydd costau tanddaearol yn cael eu had-dalu os ydych yn defnyddio Cerdyn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056058B">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Oyster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056058B">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a bod y cerdyn wedi'i gofrestru a gellir darparu argraffiad. Neu lle defnyddir taliad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056058B">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>digyffwrdd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056058B">
+        <w:rPr>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, a gellir darparu copi o gyfriflen banc i ddangos y taliad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7369715B" w14:textId="4D46FCF0" w:rsidR="0044319A" w:rsidRDefault="0044319A" w:rsidP="0044319A">
+      <w:r w:rsidRPr="56CCFF5F">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bydd </w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="56CCFF5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>milltiroedd</w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
+      <w:r w:rsidRPr="56CCFF5F">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> yn cael eu had-dalu ar gyfer y </w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="56CCFF5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Daith</w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
+      <w:r w:rsidRPr="56CCFF5F">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>" minws "</w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="56CCFF5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>cartref i leoliad</w:t>
       </w:r>
-      <w:r w:rsidRPr="56CCFF5F" w:rsidR="0044319A">
+      <w:r w:rsidRPr="56CCFF5F">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a dychwelyd am 24c y filltir i'r rhai sy'n defnyddio eu cerbyd eu hunain. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00263DBD" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="50253867" w14:textId="77777777">
+    <w:p w14:paraId="50253867" w14:textId="77777777" w:rsidR="00263DBD" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bydd milltiroedd a hawlir yn cael eu gwirio i sicrhau ei fod yn gywir. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00263DBD" w:rsidP="0044319A" w:rsidRDefault="00263DBD" w14:paraId="57E0C5D8" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00263DBD" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="2F2E9EBB" w14:textId="26E7CCDA">
+    <w:p w14:paraId="57E0C5D8" w14:textId="77777777" w:rsidR="00263DBD" w:rsidRDefault="00263DBD" w:rsidP="0044319A"/>
+    <w:p w14:paraId="2F2E9EBB" w14:textId="26E7CCDA" w:rsidR="0044319A" w:rsidRPr="00263DBD" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Dylai lwfans milltiroedd adlewyrchu'r llwybr ymarferol byrraf rhwng </w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>practis</w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>lle yr ymwelwyd â hi.</w:t>
       </w:r>
       <w:r w:rsidRPr="00263DBD">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="2A8C2A5A" w14:textId="77777777">
+    <w:p w14:paraId="2A8C2A5A" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ni fydd ffioedd tollau yn cael eu had-dalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="5E417DEF" w14:textId="77777777">
+    <w:p w14:paraId="5E417DEF" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ni fydd ad-daliad o unrhyw gosb a osodir o dan y Ddeddf Traffig Ffyrdd a dynnir wrth deithio i gyfweliad/digwyddiad yn cael ei dalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="11891F5B" w14:textId="0EBFFA10">
+    <w:p w14:paraId="11891F5B" w14:textId="0EBFFA10" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ni fydd tâl tagfeydd yn cael ei ad-dalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="54849E41" w14:textId="77777777">
+    <w:p w14:paraId="54849E41" w14:textId="77777777" w:rsidR="0044319A" w:rsidRPr="00CC2555" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Bydd costau parcio yn cael eu had-dalu ar ôl cynhyrchu derbynneb ddilys neu docyn parcio.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000804D6" w:rsidR="0044319A" w:rsidP="0044319A" w:rsidRDefault="0044319A" w14:paraId="0D587CC1" w14:textId="32322BF8">
+    <w:p w14:paraId="0D587CC1" w14:textId="32322BF8" w:rsidR="0044319A" w:rsidRPr="000804D6" w:rsidRDefault="0044319A" w:rsidP="0044319A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000804D6">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>(Noder i gael eich ad-dalu am eich milltiroedd bydd angen i chi uwchlwytho copi o'ch dogfen yswiriant car i ddangos bod defnyddio'ch cerbyd at ddefnydd busnes yn cael ei ganiatáu.)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002E3812" w:rsidP="000804D6" w:rsidRDefault="002E3812" w14:paraId="63760806" w14:textId="77777777">
+        <w:t xml:space="preserve">(Noder i gael eich ad-dalu am eich milltiroedd bydd angen i chi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000804D6">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>uwchlwytho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000804D6">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> copi o'ch dogfen yswiriant car i ddangos bod defnyddio'ch cerbyd at ddefnydd busnes yn cael ei ganiatáu.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63760806" w14:textId="77777777" w:rsidR="002E3812" w:rsidRDefault="002E3812" w:rsidP="000804D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00E31E4E" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="325AB856" w14:textId="43710FC0">
+    <w:p w14:paraId="325AB856" w14:textId="43710FC0" w:rsidR="000804D6" w:rsidRPr="00E31E4E" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Meini prawf hawlio treuliau llety.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="00AF606F" w14:paraId="5D5E7995" w14:textId="04E1C414">
+    <w:p w14:paraId="5D5E7995" w14:textId="04E1C414" w:rsidR="000804D6" w:rsidRDefault="00AF606F" w:rsidP="000804D6">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ar gyfer llety gwely a brecwast dros nos, ni ddylai'r gyfradd fod yn fwy na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>£75 y noson</w:t>
       </w:r>
       <w:r w:rsidR="00520309">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> y tu allan i Lundain/Ca</w:t>
       </w:r>
       <w:r w:rsidR="00CF5F85">
         <w:rPr>
@@ -485,912 +663,1626 @@
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> a mwy, lwfans bwyd o £</w:t>
       </w:r>
       <w:r w:rsidR="00BE29CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> fesul cyfnod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>o 24 awr.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000804D6" w:rsidP="0056058B" w:rsidRDefault="000804D6" w14:paraId="5CC6AD69" w14:textId="47E3ACFF">
+    <w:p w14:paraId="5CC6AD69" w14:textId="47E3ACFF" w:rsidR="000804D6" w:rsidRDefault="000804D6" w:rsidP="0056058B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Llety anfasnachol (h.y. ffrindiau neu berthnasau) = £</w:t>
       </w:r>
       <w:r w:rsidR="00284F1A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> gan gynnwys</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> lwfans bwyd (dim angen derbynebau; mae angen manylion y cwrs.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0056058B" w:rsidR="0056058B" w:rsidP="0056058B" w:rsidRDefault="0056058B" w14:paraId="7B48CFCB" w14:textId="77777777">
+    <w:p w14:paraId="7B48CFCB" w14:textId="77777777" w:rsidR="0056058B" w:rsidRPr="0056058B" w:rsidRDefault="0056058B" w:rsidP="0056058B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008D7C2F" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="2F669299" w14:textId="62DEDA86">
+    <w:p w14:paraId="2F669299" w14:textId="62DEDA86" w:rsidR="000804D6" w:rsidRPr="008D7C2F" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="008D7C2F">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bydd unrhyw hawliwr sy'n cymryd rhan mewn digwyddiad dros ddau ddiwrnod neu fwy yn olynol yn gymwys i gael llety dros nos NEU os yw teithio i'r ganolfan ôl-raddedig yn fwy na dwy awr o amser teithio o gyfeiriad cartref yn ystod y tymor neu gyfeiriad ymarfer.  Efallai y bydd llety dros nos hefyd ar gael i'r deintyddion sylfaen hynny y mae angen iddynt adael cyn 7am i fynychu diwrnod astudio.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="00AF606F" w14:paraId="0D12B76D" w14:textId="526686C5">
+    <w:p w14:paraId="0D12B76D" w14:textId="526686C5" w:rsidR="000804D6" w:rsidRDefault="00AF606F" w:rsidP="000804D6">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhaid cytuno ar drefniadau llety ymlaen llaw gyda </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">gweinyddwyr rhanbarthol / Cyfarwyddwyr </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>y Rhaglen Hyfforddi. Bydd angen i Ddeintyddion Sylfaen drefnu a thalu am y llety hwn i ddechrau a hawlio hyn yn ôl.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AC719B" w:rsidR="000804D6" w:rsidP="00AC719B" w:rsidRDefault="000804D6" w14:paraId="1B505A95" w14:textId="02FE1AFF">
+    <w:p w14:paraId="1B505A95" w14:textId="02FE1AFF" w:rsidR="000804D6" w:rsidRPr="00AC719B" w:rsidRDefault="000804D6" w:rsidP="00AC719B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000804D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Os yw deintydd yn hawlio am arhosiad dros nos, rhaid iddo atodi derbynneb neu ddatganiad i nodi bod y treuliau yn rhai gwirioneddol ac o reidrwydd yn cael eu hysgwyddo.  Gweler y pellteroedd a'r amseroedd uchod yn ymwneud â man gwaith nid cyfeiriad cartref.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E31E4E" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="22137AC9" w14:textId="30CBF2D6">
+    <w:p w14:paraId="22137AC9" w14:textId="30CBF2D6" w:rsidR="000804D6" w:rsidRPr="00E31E4E" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31E4E">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Meini prawf hawlio costau cynhaliaeth.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="605A2E9C" w14:textId="77777777">
+    <w:p w14:paraId="605A2E9C" w14:textId="77777777" w:rsidR="000804D6" w:rsidRPr="00CC2555" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mae lwfansau bwyd yn daladwy pan fydd y gweithgaredd yn gofyn i chi fod i ffwrdd o'ch canolfan am fwy na phum awr ar fusnes swyddogol.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="7EBAFC59" w14:textId="77777777">
+    <w:p w14:paraId="7EBAFC59" w14:textId="77777777" w:rsidR="000804D6" w:rsidRPr="00CC2555" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Pan ddarperir cinio a lluniaeth yn y lleoliad, nid yw cais ar wahân am lwfans cinio yn daladwy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC2555" w:rsidR="000804D6" w:rsidP="000804D6" w:rsidRDefault="000804D6" w14:paraId="666FCED4" w14:textId="4934B0CA">
+    <w:p w14:paraId="666FCED4" w14:textId="4934B0CA" w:rsidR="000804D6" w:rsidRPr="00CC2555" w:rsidRDefault="000804D6" w:rsidP="000804D6">
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Gellir hawlio lwfansau pryd nos os ydych i ffwrdd o'ch lleoliad/cartref am fwy na 10 awr, ac yn methu dychwelyd i'ch lleoliad/cartref erbyn 7.00pm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC719B" w:rsidP="003F466B" w:rsidRDefault="000804D6" w14:paraId="030DDD61" w14:textId="5ABF6C6C">
+    <w:p w14:paraId="030DDD61" w14:textId="5ABF6C6C" w:rsidR="00AC719B" w:rsidRDefault="000804D6" w:rsidP="003F466B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC2555">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ni ellir hawlio costau am alcohol.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC719B" w:rsidP="003F466B" w:rsidRDefault="00AC719B" w14:paraId="01968AF7" w14:textId="77777777">
+    <w:p w14:paraId="6539F5EA" w14:textId="026ADE72" w:rsidR="00512CF4" w:rsidRPr="00512CF4" w:rsidRDefault="00CD4145" w:rsidP="00512CF4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Crynodeb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:bidi="cy-GB"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lwfansau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>af</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ebrill</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CF4" w:rsidRPr="00512CF4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8D54BD" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Lwfansau Cynhaliaeth Nos o 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Ebrill 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D7D944" w14:textId="77777777" w:rsidR="002965EF" w:rsidRPr="00C62AB2" w:rsidRDefault="002965EF" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2442B91D" w14:textId="1906B04F" w:rsidR="00C62AB2" w:rsidRDefault="002965EF" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002965EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mae hawliadau llety yn ôl disgresiwn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002965EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>AaGIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002965EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a rhaid cytuno arnynt gyda gweinyddwyr rhanbarthol/Cyfarwyddwyr Rhaglenni Hyfforddi ymlaen llaw ac maent yn ddibynnol ar bellter teithio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCF4056" w14:textId="77777777" w:rsidR="002965EF" w:rsidRPr="00C62AB2" w:rsidRDefault="002965EF" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4508"/>
-        <w:gridCol w:w="4508"/>
+        <w:gridCol w:w="4513"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E3812" w:rsidTr="002E3812" w14:paraId="5A91AEBE" w14:textId="77777777">
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="27056B16" w14:textId="77777777" w:rsidTr="00E207DC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="002E3812" w:rsidRDefault="002E3812" w14:paraId="3379F722" w14:textId="4F458A0A">
+          <w:p w14:paraId="2EC4570B" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:tab/>
-[...6 lines deleted...]
-              <w:t>Lwfans</w:t>
+              <w:t>Categori Llety</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="690AB369" w14:textId="01D496E4">
+          <w:p w14:paraId="3D4BFBBE" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>Cais</w:t>
+              <w:t>Cyfradd Daladwy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w:rsidTr="002E3812" w14:paraId="1F046C94" w14:textId="77777777">
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="61452F46" w14:textId="77777777" w:rsidTr="00E207DC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="21E98292" w14:textId="44E271CC">
+          <w:p w14:paraId="15E9F446" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC719B">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>I ffwrdd o'r cartref / cartref am dros 24 awr (dros nos)</w:t>
+              <w:t>Lwfansau Nos: 30 noson gyntaf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="00B40A1A" w14:paraId="1642E2D3" w14:textId="1F6CC9C0">
+          <w:p w14:paraId="4B4CEDA2" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F91C54">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>Fesul cyfnod o 24 awr: cost derbyn</w:t>
-[...11 lines deleted...]
-              <w:t>hyd at yr uchafswm o £25. Mae angen derbynebau i gefnogi'r gwariant gwirioneddol a hawlir.</w:t>
+              <w:t>Cost gwirioneddol gwely a brecwast gyda derbynneb hyd at uchafswm o £75 y tu allan i Lundain/Caerdydd a £100 yn Llundain/Caerdydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w:rsidTr="002E3812" w14:paraId="24BA0177" w14:textId="77777777">
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="600D17DF" w14:textId="77777777" w:rsidTr="00E207DC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="07C63EE3" w14:textId="08609F0D">
+          <w:p w14:paraId="36337EF3" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D7C2F">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>I ffwrdd o'r ganolfan / cartref am fwy na 10 awr ac yn methu dychwelyd cyn 7:00pm</w:t>
+              <w:t>Lwfans Prydau Bwyd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="5B674B20" w14:textId="3156CB96">
+          <w:p w14:paraId="709A070B" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>Lwfans prydau gyda'r nos hyd at £10.00 a lwfans cinio o hyd at £5.00 (os nad yw'n cael ei ddarparu) – mae angen derbynebau.</w:t>
+              <w:t>Fesul cyfnod o 24 awr: cost derbynneb hyd at yr uchafswm o £25. Mae angen derbynebau i gefnogi'r gwariant gwirioneddol a hawlir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w:rsidTr="002E3812" w14:paraId="26BDE866" w14:textId="77777777">
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="096C8EF5" w14:textId="77777777" w:rsidTr="00E207DC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="0ED6E8DB" w14:textId="1B292187">
+          <w:p w14:paraId="7159AEFC" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D7C2F">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>I ffwrdd o'r cartref am fwy na 5 awr a mwy na 5 milltir o'r cartref</w:t>
+              <w:t>Lwfansau nos mewn llety anfasnachol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="65AFDCFE" w14:textId="2ADABDC7">
+          <w:p w14:paraId="189AE5BF" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>Lwfans cinio hyd at £5.00 (os nad yw'n cael ei ddarparu) – mae angen derbynebau.</w:t>
+              <w:t>Fesul cyfnod o 24 awr: £25.00 Nid oes angen derbynneb.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3812" w:rsidTr="002E3812" w14:paraId="61CC83A4" w14:textId="77777777">
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="3F95D4ED" w14:textId="77777777" w:rsidTr="00E207DC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="5E8948A6" w14:textId="1EA05D7A">
+          <w:p w14:paraId="24B4F3D2" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D7C2F">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:b/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>I ffwrdd o'r cartref am lai na 5 awr a llai na 5 milltir o'r cartref</w:t>
+              <w:t>Lwfansau Nos: ar ôl y 30 noson gyntaf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="53B4FFF7" w14:textId="1E789B8D">
+          <w:p w14:paraId="4CFA7636" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC2555">
+            <w:r w:rsidRPr="00C62AB2">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
-              <w:t>Dim lwfans bwyd yn daladwy</w:t>
+              <w:t>Gweithwyr sydd â chyfrifoldebau penodol e.e. yn briod/mewn partneriaeth sifil/yn byw gyda phartner a/neu sydd â dibynyddion yn byw gyda nhw Uchafswm taladwy: £35.00 Gweithwyr heb gyfrifoldebau a’r rhai sy’n aros mewn llety anfasnachol Uchafswm taladwy: £25.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E3812" w:rsidP="003F466B" w:rsidRDefault="002E3812" w14:paraId="57D21857" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="721663BB" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
           <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os yw deintydd yn hawlio am aros dros nos, rhaid iddo atodi derbynneb neu gyfriflen i ddangos bod y treuliau yn wirioneddol ac yn angenrheidiol.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFD02C1" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085F8FD7" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Lwfansau Cynhaliaeth Dydd o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62AB2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ebrill 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="4679"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="20440210" w14:textId="77777777" w:rsidTr="00E207DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="551DE9E5" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77A2D845" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyfnod:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D4FC65A" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38794B21" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyfradd Daladwy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="4DA9175E" w14:textId="77777777" w:rsidTr="00E207DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C0FE7D1" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Lwfansau Cynhaliaeth Prydau Dydd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="393D2C1F" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2805"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lwfans Cinio (mwy na phum awr i ffwrdd o'r ganolfan, gan gynnwys y cyfnod amser cinio rhwng 12:00 pm a 2:00 pm) hyd at uchafswm o £5.00. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae angen derbynneb ar gyfer y gwariant gwirioneddol a hawlir, cyn i hawliadau gael eu prosesu ac ad-daliad yn cael ei wneud.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD26A04" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2805"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="753A039A" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lwfans Cinio Gyda'r Nos (mwy na deg awr i ffwrdd o'r ganolfan ac yn dychwelyd ar ôl </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7:00pm) hyd at uchafswm o £10.00. Mae angen derbynneb ar gyfer y gwariant gwirioneddol.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="4D00C953" w14:textId="77777777" w:rsidTr="00E207DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6AF244B1" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lwfans Treuliau Achlysurol (mae rhwymedigaeth dreth ar y lwfans hwn)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B422871" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fesul cyfnod o 24 awr: £4.20 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641677DA" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w14:paraId="5EBD06CD" w14:textId="77777777" w:rsidTr="00E207DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32385AE8" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Lwfans Cyfrifoldebau Hwyr y Nos (mae rhwymedigaeth dreth ar y lwfans hwn)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37044362" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62AB2">
+              <w:rPr>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Fesul cyfnod o 24 awr: £3.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3999DCEB" w14:textId="77777777" w:rsidR="00C62AB2" w:rsidRPr="00C62AB2" w:rsidRDefault="00C62AB2" w:rsidP="00C62AB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="01DA6017" w14:textId="448DAAA3" w:rsidR="0044319A" w:rsidRDefault="003F466B" w:rsidP="003F466B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Ymholiadau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003F466B" w:rsidR="003F466B" w:rsidP="003F466B" w:rsidRDefault="00AF606F" w14:paraId="77FAECDA" w14:textId="5263FB07">
+    <w:p w14:paraId="77FAECDA" w14:textId="5263FB07" w:rsidR="003F466B" w:rsidRPr="003F466B" w:rsidRDefault="00AF606F" w:rsidP="003F466B">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Cysylltwch â </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>AaGIC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ymholiadau DFT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0563C1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">HEIW.DFTenquiries@wales.nhs.uk </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>os oes gennych unrhyw ymholiadau ynglŷn â'r polisi hwn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F466B" w:rsidP="0044319A" w:rsidRDefault="003F466B" w14:paraId="66B494B5" w14:textId="77777777">
+    <w:p w14:paraId="66B494B5" w14:textId="77777777" w:rsidR="003F466B" w:rsidRDefault="003F466B" w:rsidP="0044319A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F466B">
-      <w:footerReference w:type="default" r:id="rId10"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E4101F" w:rsidP="007577EB" w:rsidRDefault="00E4101F" w14:paraId="6E59B003" w14:textId="77777777">
+    <w:p w14:paraId="5154B438" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E4101F" w:rsidP="007577EB" w:rsidRDefault="00E4101F" w14:paraId="17D877E6" w14:textId="77777777">
+    <w:p w14:paraId="4C27D6EE" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00E4101F" w:rsidRDefault="00E4101F" w14:paraId="4CED4EE2" w14:textId="77777777">
+    <w:p w14:paraId="10D13067" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidRPr="00B35D42" w:rsidR="00B35D42" w:rsidP="00B35D42" w:rsidRDefault="00B35D42" w14:paraId="6CB9184D" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6CB9184D" w14:textId="349D60CF" w:rsidR="00B35D42" w:rsidRPr="00B35D42" w:rsidRDefault="00CC1D3F" w:rsidP="00B35D42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB" w:bidi="cy-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B35D42">
+    <w:r>
       <w:rPr>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
-      <w:t>Mehefin 2024</w:t>
+      <w:t xml:space="preserve">Rhagfyr </w:t>
+    </w:r>
+    <w:r w:rsidR="00B35D42" w:rsidRPr="00B35D42">
+      <w:rPr>
+        <w:lang w:bidi="cy-GB"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:bidi="cy-GB"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00B35D42" w:rsidR="007577EB" w:rsidP="00B35D42" w:rsidRDefault="007577EB" w14:paraId="792570EF" w14:textId="0CB0910B">
+  <w:p w14:paraId="792570EF" w14:textId="0CB0910B" w:rsidR="007577EB" w:rsidRPr="00B35D42" w:rsidRDefault="007577EB" w:rsidP="00B35D42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E4101F" w:rsidP="007577EB" w:rsidRDefault="00E4101F" w14:paraId="2B993FF0" w14:textId="77777777">
+    <w:p w14:paraId="7A56F942" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E4101F" w:rsidP="007577EB" w:rsidRDefault="00E4101F" w14:paraId="16DC8DCD" w14:textId="77777777">
+    <w:p w14:paraId="631BCE4D" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C" w:rsidP="007577EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00E4101F" w:rsidRDefault="00E4101F" w14:paraId="6733A367" w14:textId="77777777">
+    <w:p w14:paraId="1EB84ECD" w14:textId="77777777" w:rsidR="0056443C" w:rsidRDefault="0056443C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0044319A"/>
+    <w:rsid w:val="0003428D"/>
     <w:rsid w:val="000804D6"/>
     <w:rsid w:val="000E48B7"/>
     <w:rsid w:val="00102A57"/>
+    <w:rsid w:val="00177B18"/>
     <w:rsid w:val="00211516"/>
     <w:rsid w:val="002629F4"/>
     <w:rsid w:val="00263DBD"/>
     <w:rsid w:val="00284F1A"/>
+    <w:rsid w:val="002952BA"/>
+    <w:rsid w:val="002965EF"/>
+    <w:rsid w:val="002C5A95"/>
     <w:rsid w:val="002D50F2"/>
+    <w:rsid w:val="002E0609"/>
     <w:rsid w:val="002E3812"/>
     <w:rsid w:val="00343B42"/>
     <w:rsid w:val="003C1C50"/>
     <w:rsid w:val="003E46F7"/>
     <w:rsid w:val="003F466B"/>
     <w:rsid w:val="0040248B"/>
     <w:rsid w:val="0044319A"/>
     <w:rsid w:val="00457DD2"/>
+    <w:rsid w:val="004B0370"/>
+    <w:rsid w:val="00512CF4"/>
     <w:rsid w:val="00520309"/>
     <w:rsid w:val="005220D9"/>
     <w:rsid w:val="0054738B"/>
     <w:rsid w:val="0056058B"/>
+    <w:rsid w:val="0056443C"/>
     <w:rsid w:val="005F7C4A"/>
     <w:rsid w:val="006062B3"/>
     <w:rsid w:val="006312DA"/>
     <w:rsid w:val="00663F4C"/>
     <w:rsid w:val="006828B0"/>
     <w:rsid w:val="00710959"/>
     <w:rsid w:val="0073653F"/>
     <w:rsid w:val="00750729"/>
     <w:rsid w:val="007577EB"/>
+    <w:rsid w:val="007A14B7"/>
+    <w:rsid w:val="007D491E"/>
     <w:rsid w:val="007E5CFF"/>
     <w:rsid w:val="007E7AAF"/>
     <w:rsid w:val="00840F18"/>
     <w:rsid w:val="008B0DA2"/>
     <w:rsid w:val="00942E14"/>
+    <w:rsid w:val="00947B4A"/>
+    <w:rsid w:val="0095239A"/>
     <w:rsid w:val="009A0E15"/>
     <w:rsid w:val="009A758E"/>
     <w:rsid w:val="00A0037A"/>
     <w:rsid w:val="00A0697A"/>
     <w:rsid w:val="00A1519F"/>
     <w:rsid w:val="00AA39E2"/>
     <w:rsid w:val="00AC719B"/>
+    <w:rsid w:val="00AF5A7F"/>
     <w:rsid w:val="00AF606F"/>
     <w:rsid w:val="00B073BF"/>
     <w:rsid w:val="00B35D42"/>
     <w:rsid w:val="00B40A1A"/>
     <w:rsid w:val="00B67A56"/>
     <w:rsid w:val="00B870E5"/>
     <w:rsid w:val="00BC5C7F"/>
+    <w:rsid w:val="00BC68FD"/>
     <w:rsid w:val="00BE29CB"/>
     <w:rsid w:val="00C17B87"/>
+    <w:rsid w:val="00C20054"/>
     <w:rsid w:val="00C3489B"/>
+    <w:rsid w:val="00C55B3D"/>
     <w:rsid w:val="00C62416"/>
+    <w:rsid w:val="00C62AB2"/>
     <w:rsid w:val="00C81231"/>
     <w:rsid w:val="00C97D9D"/>
+    <w:rsid w:val="00CC1D3F"/>
+    <w:rsid w:val="00CC6AF7"/>
+    <w:rsid w:val="00CD0F47"/>
+    <w:rsid w:val="00CD4145"/>
     <w:rsid w:val="00CF5F85"/>
     <w:rsid w:val="00D0687D"/>
     <w:rsid w:val="00D932C9"/>
     <w:rsid w:val="00DE26AE"/>
     <w:rsid w:val="00E4101F"/>
     <w:rsid w:val="00E7308D"/>
     <w:rsid w:val="00EC3557"/>
     <w:rsid w:val="00EC73D4"/>
     <w:rsid w:val="00F01DF2"/>
+    <w:rsid w:val="00F03B61"/>
     <w:rsid w:val="00F7486E"/>
     <w:rsid w:val="00F7748C"/>
     <w:rsid w:val="00F77787"/>
     <w:rsid w:val="56CCFF5F"/>
     <w:rsid w:val="596157C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57DDE0A6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{271C63C5-E0EA-4ED8-9BCF-306AB610DF65}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cy-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1546,52 +2438,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1658,239 +2550,239 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00942E14"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -1931,258 +2823,258 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0044319A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0044319A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0044319A"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0044319A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0044319A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000804D6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000804D6"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000804D6"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F466B"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F466B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007577EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007577EB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007577EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007577EB"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002E3812"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="pf0" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
     <w:name w:val="pf0"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00343B42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00343B42"/>
     <w:rPr>
-      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006062B3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006062B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="31422309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="449277952">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2224,51 +3116,52 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1844659437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2535,71 +3428,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xsi:nil="true"/>
     <SharedWithUsers xmlns="8ebcefc1-bb15-4e07-9c90-590d96ce25a5">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ef2b3e56-64ea-40f2-85c2-d5b92115933e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <MediaLengthInSeconds xmlns="ef2b3e56-64ea-40f2-85c2-d5b92115933e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xmlns:ns3="ef2b3e56-64ea-40f2-85c2-d5b92115933e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48129bc41902b3eeb121be7339e1de2c" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046218206268A034893B67BEB1B073249" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a59120f6ba67ddfaff57c5755863c8b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8ebcefc1-bb15-4e07-9c90-590d96ce25a5" xmlns:ns3="ef2b3e56-64ea-40f2-85c2-d5b92115933e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d2f7ce131a7be4f8995361f59359e7e" ns2:_="" ns3:_="">
     <xsd:import namespace="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
     <xsd:import namespace="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2788,106 +3686,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4028C3-2A1C-4223-9420-21B341E15C4F}">
-[...13 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0327DFDD-9664-4F55-A255-BCFE45612973}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4028C3-2A1C-4223-9420-21B341E15C4F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
+    <ds:schemaRef ds:uri="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ACF89B4-0539-4ABB-A2A9-674F7755FBB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8ebcefc1-bb15-4e07-9c90-590d96ce25a5"/>
+    <ds:schemaRef ds:uri="ef2b3e56-64ea-40f2-85c2-d5b92115933e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1166</Words>
+  <Characters>6009</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>222</Lines>
+  <Paragraphs>119</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7056</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gabrielle Lloyd (HEIW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010046218206268A034893B67BEB1B073249</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>